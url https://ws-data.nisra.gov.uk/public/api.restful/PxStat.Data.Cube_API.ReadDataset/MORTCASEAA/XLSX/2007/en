--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b20c81cf1b40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5af01874b12047b7be43d72479c7c0c7.psmdcp" Id="R0356a887eac94be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6854507068ae438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c81e3f7bbac436d86d70eb4a4c15129.psmdcp" Id="R6cb22802fefe4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>