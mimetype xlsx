--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6854507068ae438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c81e3f7bbac436d86d70eb4a4c15129.psmdcp" Id="R6cb22802fefe4b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59fdd94dcab4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/738e1d174bd645d6887f263720d03c7a.psmdcp" Id="R9cb67e9c572b4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -119,51 +119,51 @@
   <x:si>
     <x:t>Crown Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.nisra.gov.uk/crown-copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
   <x:si>
     <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Archived</x:t>
   </x:si>
   <x:si>
-    <x:t>Analytical</x:t>
+    <x:t>analytical</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics in Development</x:t>
   </x:si>
   <x:si>
     <x:t>Language</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Code</x:t>
   </x:si>
   <x:si>
     <x:t>en</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Name</x:t>
   </x:si>
   <x:si>
     <x:t>English</x:t>
   </x:si>
   <x:si>
     <x:t>STATISTIC</x:t>
   </x:si>
   <x:si>
     <x:t>Statistic Label</x:t>
   </x:si>