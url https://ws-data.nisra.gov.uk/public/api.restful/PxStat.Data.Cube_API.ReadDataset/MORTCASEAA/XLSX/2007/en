--- v2 (2026-01-16)
+++ v3 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59fdd94dcab4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/738e1d174bd645d6887f263720d03c7a.psmdcp" Id="R9cb67e9c572b4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2782f622ad404984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/494207d44dee4e81abd9a2c0375b5b98.psmdcp" Id="R7d49dee6704f41b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>